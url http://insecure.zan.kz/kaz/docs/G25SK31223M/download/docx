--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24d7e2c" w14:textId="24d7e2c">
+    <w:p w14:paraId="9c1217f" w14:textId="9c1217f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,655 +216,714 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Тайынша ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Тайынша ауданы Драгомиров ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 43879 мың теңге:</w:t>
+      1) кірістер – 41942 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 14421 мың теңге;</w:t>
+      салықтық түсімдер – 13784 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 1366 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 66 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 28092 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 51489,9 мың теңге;</w:t>
+      2) шығындар – 49552,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -7610,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -7610,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 7610,9 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 7610,9 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 15.10.2025 № 379/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тайынша ауданы Драгомиров ауылдық округі бюджетінің кірістері Қазақстан Республикасы Бюджет кодексіне сәйкес қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Драгомиров ауылдық округінің бюджетінде республикалық бюджеттен 20 мың теңге сомасында ағымдағы нысаналы трансферттер түсімі ескерілсін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Драгомиров ауылдық округінің бюджетінде аудандық бюджеттен 1000 мың теңге сомасында ағымдағы нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Драгомиров ауылдық округінің 2025 жылға арналған бюджетінде осы шешімнің 4-қосымшасына сәйкес қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығыстар көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған Драгомиров ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенция 26643 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының мынадай шешімдерінің күші жойылды деп танылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 256/20 "Солтүстік Қазақстан облысы Тайынша ауданы Драгомиров ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Солтүстік Қазақстан облысы Тайынша аудандық мәслихатының 2025 жылғы 5 наурыздағы № 282/21 "Солтүстік Қазақстан облысы Тайынша аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 256/20 "Солтүстік Қазақстан облысы Тайынша ауданы Драгомиров ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" шешіміне өзгерістер мен толықтырулар енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -882,51 +941,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1277,260 +1336,300 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Драгомиров ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 08.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 15.10.2025 № 379/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="4092"/>
+        <w:gridCol w:w="3384"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z44" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="30"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1559,115 +1658,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1690,3015 +1803,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-43879</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41942</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-14421</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4178</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4178</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-7225</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6672</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-359</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+565</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3018</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3018</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1366</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1366</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1366</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4732,157 +5090,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4911,115 +5276,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5042,3184 +5421,3457 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-51489,9</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49552,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-33370</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-33370</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30355</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеменің күрделі шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-15548</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-15548</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3709</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5983</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9839</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6489</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2311</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2311</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2311</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік несиелеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік несиелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8253,157 +8905,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8432,115 +9091,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8563,187 +9236,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік несиелерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8777,177 +9464,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="32"/>
+          <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8976,333 +9666,349 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9336,177 +10042,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="33"/>
+          <w:bookmarkStart w:name="z42" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9535,115 +10244,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9666,883 +10389,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10576,157 +11390,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10755,115 +11576,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10886,364 +11721,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11277,157 +12140,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11456,115 +12326,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11587,541 +12471,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтарыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12456,260 +13382,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Драгомиров ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="35"/>
+          <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12738,115 +13666,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12869,3015 +13811,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15911,157 +17098,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16090,115 +17284,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16221,2476 +17429,2693 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік несиелеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18724,157 +20149,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18903,115 +20335,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19034,187 +20480,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19248,177 +20708,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="36"/>
+          <w:bookmarkStart w:name="z51" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19447,333 +20910,375 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19807,177 +21312,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="37"/>
+          <w:bookmarkStart w:name="z52" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20006,115 +21514,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20137,883 +21659,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21047,157 +22660,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21226,115 +22846,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21357,364 +22991,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21748,157 +23410,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21927,115 +23596,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22058,541 +23741,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22927,260 +24652,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="38"/>
+    <w:bookmarkStart w:name="z58" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Драгомиров ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="39"/>
+          <w:bookmarkStart w:name="z59" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23209,115 +24936,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23340,3015 +25081,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14377</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 385</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26382,157 +28368,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26561,115 +28554,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26692,2476 +28699,2693 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3973</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік несиелеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29195,157 +31419,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29374,115 +31605,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29505,187 +31750,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29719,177 +31978,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="40"/>
+          <w:bookmarkStart w:name="z60" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29918,333 +32180,375 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30278,177 +32582,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="41"/>
+          <w:bookmarkStart w:name="z61" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30477,115 +32784,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30608,883 +32929,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31518,157 +33930,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31697,115 +34116,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31828,364 +34261,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32219,157 +34680,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32398,115 +34866,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32529,541 +35011,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33398,240 +35922,246 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="42"/>
+    <w:bookmarkStart w:name="z67" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1463"/>
+        <w:gridCol w:w="1988"/>
+        <w:gridCol w:w="1988"/>
+        <w:gridCol w:w="3565"/>
+        <w:gridCol w:w="3296"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33660,115 +36190,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33791,714 +36335,777 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34532,157 +37139,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34711,115 +37325,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34842,1776 +37470,1923 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеменің күрделі шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36673,55 +39448,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -37047,31 +39822,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>