--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c1217f" w14:textId="9c1217f">
+    <w:p w14:paraId="62d03cd" w14:textId="62d03cd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -868,62 +868,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -941,51 +942,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1405,231 +1406,229 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 15.10.2025 № 379/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3384"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z44" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1658,129 +1657,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1803,3260 +1788,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41942</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13784</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4535</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6672</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 565</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5090,164 +4830,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5276,129 +5009,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5421,3457 +5140,3184 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49552,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеменің күрделі шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5983</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6489</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік несиелеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8905,164 +8351,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9091,129 +8530,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9236,201 +8661,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9464,180 +8875,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9666,129 +9074,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9811,204 +9205,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10042,180 +9415,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10244,129 +9614,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10389,974 +9745,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11390,164 +10655,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11576,129 +10834,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11721,392 +10965,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12140,164 +11356,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12326,129 +11535,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12471,583 +11666,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтарыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13413,231 +12566,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Драгомиров ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13666,129 +12817,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13811,3260 +12948,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13891</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3289</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7478</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17098,164 +15990,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17284,129 +16169,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17429,2693 +16300,2476 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42184</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10571</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3839</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2392</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік несиелеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20149,164 +18803,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20335,129 +18982,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20480,201 +19113,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20708,180 +19327,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z51" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20910,375 +19526,333 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21312,180 +19886,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z52" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21514,129 +20085,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21659,974 +20216,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22660,164 +21126,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22846,129 +21305,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22991,392 +21436,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23410,164 +21827,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23596,129 +22006,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23741,583 +22137,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24683,231 +23037,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Драгомиров ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24936,129 +23288,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25081,3260 +23419,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14377</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7740</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 385</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер және материалдық емес активтерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1463</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28368,164 +26461,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28554,129 +26640,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28699,2693 +26771,2476 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3973</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік несиелеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31419,164 +29274,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31605,129 +29453,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31750,201 +29584,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31978,180 +29798,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z60" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32180,375 +29997,333 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32582,180 +30357,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z61" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32784,129 +30556,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32929,974 +30687,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33930,164 +31597,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34116,129 +31776,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34261,392 +31907,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34680,164 +32298,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34866,129 +32477,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35011,583 +32608,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35953,215 +33508,209 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1463"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3296"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36190,129 +33739,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36335,777 +33870,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37139,164 +34611,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37325,129 +34790,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37470,1923 +34921,1776 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7610,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеменің күрделі шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5335</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 260,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3565" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3296" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>