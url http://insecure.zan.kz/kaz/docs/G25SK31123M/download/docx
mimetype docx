--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ca6e8ff" w14:textId="ca6e8ff">
+    <w:p w14:paraId="e7c5968" w14:textId="e7c5968">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,579 +232,618 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Тайынша ауданы Алабота ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше осы шешімнің 1, 2 және 3-қосымшаларына сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 29813 мың теңге:</w:t>
+      1) кірістер – 31345 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 5 395 мың теңге;</w:t>
+      салықтық түсімдер – 6927 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 24418 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 29872,6 мың теңге;</w:t>
+      2) шығындар – 31404,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік несиелеу – 0 мың теңге:</w:t>
+      3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік несиелер – 0 мың теңге;</w:t>
+      бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік несиелерді өтеу – 0 мың теңге;</w:t>
+      бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтері мен операциялар бойынша сальдо – 0 мың теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатыпалу - 0 мың теңге;</w:t>
+      қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -59,6 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -56,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -56,9 мың теңге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -59,6 мың теңге;</w:t>
-[...19 lines deleted...]
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 59,6 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 56,9 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатынын пайдаланылатын қалдықтары – 59,6 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 56,9 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 374/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Алабота ауылдық округі бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес мынадай салық түсімдері есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған аудандық бюджеттен Алабота ауылдық округінің бюджетіне берілетін бюджеттік субвенция 22692 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Алабота ауылдық округінің бюджетінде республикалық бюджеттен Алабота ауылдық округінің бюджетіне ағымдағы нысаналы трансферттердің түсімдері 20 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Алабота ауылдық округінің бюджетінде аудандық бюджеттен Алабота ауылдық округінің бюджетіне ағымдағы нысаналы трансферттердің түсімдері 1706 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған Алабота ауылдық округінің бюджетінде қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығыстар осы шешімнің 4-қосымшасына сәйкес 59,6 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Тайынша аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 252/20 "Солтүстік Қазақстан облысы Тайынша ауданы Алабота ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -822,51 +861,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1217,260 +1256,280 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Алабота ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 374/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="4092"/>
+        <w:gridCol w:w="3384"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="29"/>
+          <w:bookmarkStart w:name="z40" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="28"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1499,115 +1558,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1630,2484 +1703,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-29813</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5395</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1914</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1914</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3061</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...65 lines deleted...]
-2901</w:t>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiкқұралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4141,157 +4417,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4320,115 +4603,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4451,3531 +4748,3825 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-29872,6</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31404,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24900</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+26432 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24900</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+26432 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24900</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+25900 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-3812</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекеменің күрделі шығындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2156</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1656</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1101</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-59,6</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік несиелеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік несиелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...93 lines deleted...]
-Кіші сыныбы</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік несиелерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8009,177 +8600,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="30"/>
+          <w:bookmarkStart w:name="z41" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8208,115 +8802,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8339,183 +8947,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8549,177 +9178,178 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8748,115 +9378,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8879,883 +9523,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--59,6</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-56,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--59,6</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-56,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-59,6</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9789,157 +10524,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9968,115 +10710,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10099,364 +10855,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10490,157 +11274,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10669,115 +11460,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10800,571 +11605,613 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...65 lines deleted...]
-0</w:t>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтарыш</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11669,260 +12516,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:bookmarkStart w:name="z47" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Алабота ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="33"/>
+          <w:bookmarkStart w:name="z48" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11951,115 +12800,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12082,2484 +12945,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5584</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14593,157 +15659,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14772,115 +15845,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14903,2830 +15990,3075 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17760,157 +19092,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17939,115 +19278,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18070,564 +19423,602 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="34"/>
+          <w:bookmarkStart w:name="z49" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18656,115 +20047,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18787,183 +20192,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18997,177 +20423,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="35"/>
+          <w:bookmarkStart w:name="z50" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19196,115 +20625,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19327,883 +20770,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20237,157 +21771,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20416,115 +21957,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20547,364 +22102,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20938,157 +22521,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21117,115 +22707,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21248,541 +22852,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22117,260 +23763,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="36"/>
+    <w:bookmarkStart w:name="z56" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Алабота ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="37"/>
+          <w:bookmarkStart w:name="z57" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22399,115 +24047,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22530,2484 +24192,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25041,157 +26906,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25220,115 +27092,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25351,2830 +27237,3075 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1774</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28208,157 +30339,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28387,115 +30525,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28518,564 +30670,602 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="38"/>
+          <w:bookmarkStart w:name="z58" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29104,115 +31294,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29235,183 +31439,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29445,177 +31670,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="39"/>
+          <w:bookmarkStart w:name="z59" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29644,115 +31872,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29775,883 +32017,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30685,157 +33018,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30864,115 +33204,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30995,364 +33349,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31386,157 +33768,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31565,115 +33954,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31696,541 +34099,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32565,134 +35010,133 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="40"/>
+    <w:bookmarkStart w:name="z65" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1599"/>
+        <w:gridCol w:w="2172"/>
+        <w:gridCol w:w="2172"/>
+        <w:gridCol w:w="3897"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -32727,78 +35171,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32827,115 +35278,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32958,147 +35423,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33131,151 +35617,165 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33308,151 +35808,165 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33485,151 +35999,165 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33699,51 +36227,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -33778,78 +36306,85 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33878,115 +36413,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34009,147 +36558,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34182,151 +36752,165 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34359,151 +36943,165 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34536,151 +37134,165 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3897" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34778,55 +37390,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35152,31 +37764,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>