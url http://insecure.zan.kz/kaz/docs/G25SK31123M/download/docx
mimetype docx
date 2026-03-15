--- v1 (2025-12-27)
+++ v2 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e7c5968" w14:textId="e7c5968">
+    <w:p w14:paraId="d8b504a" w14:textId="d8b504a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -788,62 +788,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -861,51 +862,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1305,231 +1306,229 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 374/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1298"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3384"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1558,129 +1557,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1703,2687 +1688,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31345</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3161</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiкқұралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4417,164 +4199,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4603,129 +4378,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4748,3266 +4509,3007 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31404,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 26432 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 26432 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 25900 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік мекеменің күрделі шығындары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1656</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік несиелеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8041,164 +7543,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8227,129 +7722,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8372,201 +7853,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік несиелерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8600,180 +8067,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8802,129 +8266,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8947,204 +8397,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9178,178 +8607,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9378,129 +8804,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9523,974 +8935,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -56,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -56,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10524,164 +9845,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10710,129 +10024,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10855,392 +10155,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11274,164 +10546,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11460,129 +10725,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11605,583 +10856,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1763" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1298" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтарыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12547,231 +11756,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Алабота ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z48" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12800,129 +12007,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12945,2687 +12138,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5584</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15659,164 +14649,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15845,129 +14828,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15990,3075 +14959,2830 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23444</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2231</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19092,164 +17816,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19278,129 +17995,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19423,602 +18126,564 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20047,129 +18712,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20192,204 +18843,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20423,180 +19053,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20625,129 +19252,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20770,974 +19383,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21771,164 +20293,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21957,129 +20472,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22102,392 +20603,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22521,164 +20994,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22707,129 +21173,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22852,583 +21304,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23794,231 +22204,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Алабота ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24047,129 +22455,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24192,2687 +22586,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5779</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер учаскелерін пайдаланғаны үшін төлемақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26906,164 +25097,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27092,129 +25276,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27237,3075 +25407,2830 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4083</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1774</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30339,164 +28264,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30525,129 +28443,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30670,602 +28574,564 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31294,129 +29160,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31439,204 +29291,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтері мен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31670,180 +29501,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31872,129 +29700,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32017,974 +29831,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33018,164 +30741,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33204,129 +30920,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33349,392 +31051,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33768,164 +31442,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33954,129 +31621,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34099,583 +31752,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35041,102 +32652,103 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1599"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3897"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -35171,85 +32783,78 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35278,129 +32883,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35423,168 +33014,147 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35617,165 +33187,151 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35808,165 +33364,151 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35999,165 +33541,151 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36227,51 +33755,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -36306,85 +33834,78 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36413,129 +33934,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36558,168 +34065,147 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36752,165 +34238,151 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36943,165 +34415,151 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2172" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37134,165 +34592,151 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1599" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3897" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>