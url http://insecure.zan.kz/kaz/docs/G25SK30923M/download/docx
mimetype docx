--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="93e8f7d" w14:textId="93e8f7d">
+    <w:p w14:paraId="4f2e1ad" w14:textId="4f2e1ad">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,599 +232,680 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Тайынша ауданы Летовочного ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 203681 мың теңге:</w:t>
+      1) кірістер – 206317,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 10397 мың теңге;</w:t>
+      салықтық түсімдер – 10780 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      салықтық емес түсімдер – 0 мың теңге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      негізгі капиталды сатудан түсетін түсімдер – 415 мың теңге; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0 мың теңге;</w:t>
+      трансферттер түсімі – 195122,6 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...40 lines deleted...]
-      2) шығындар – 204681,2 мың теңге;</w:t>
+        <w:t xml:space="preserve">
+      2) шығындар – 207817,8 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатыпалу – 0 мың теңге;</w:t>
+      қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -1002,2 мыңтеңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -1500,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -1002,2 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -1500,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1000,2 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1500,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 1000,2 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1500,2 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 372/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Летовочный ауылдық округінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға республикалық бюджеттен Летовочный ауылдық округінің бюджетіне ағымдағы нысаналы трансферттердің түсімі 97 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға облыстық бюджеттен Летовочный ауылдық округінің бюджетіне 129580 мың теңге сомасында ағымдағы нысаналы трансферттердің түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға аудандық бюджеттен Летовочный ауылдық округінің бюджетіне ағымдағы нысаналы трансферттердің түсімі 9498 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған аудандық бюджеттен Летовочный ауылдық округінің бюджетіне берілетін бюджеттік субвенция 54109 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Ауылдық округ бюджетінің шығыстарында 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау және 2024 қаржы жылы ішінде толық пайдаланылмаған нысаналы трансферттерді осы шешімнің 4-қосымшасына сәйкес қайтару көзделсін.</w:t>
+      7. 2025 жылға арналған Летовочный ауылдық округінің бюджетінде осы шешімнің 4-қосымшасына сәйкес қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен 1500,2 мың теңге сомасында шығыстар көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 7-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 372/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 261/20 "Солтүстік Қазақстан облысы Тайынша ауданының 2025-2027 жылдарға арналған Летовочный ауылдық округінің бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -842,51 +923,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1237,260 +1318,278 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Летовочный ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 372/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1167"/>
+        <w:gridCol w:w="1585"/>
+        <w:gridCol w:w="1586"/>
+        <w:gridCol w:w="4499"/>
+        <w:gridCol w:w="3463"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3463" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1519,115 +1618,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1650,9895 +1763,10893 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-203681</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+206317,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10397</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10780</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2702</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2702</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3533</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-7522</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-109</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-387</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5600</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5634</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1426</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-173</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланған үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-173</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-193284</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан тїсетін тїсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-193284</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi жҚне материалдыќ емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-193284</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195122,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195122,6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-204681,2</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195122,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-33032</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-16441</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2)Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+207817,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-16441</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-6605</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-6420</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-3416</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25105,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-21759</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25105,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-21759</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-21759</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде санитарияны қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2869</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12080,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2869</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22547</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2869</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22547</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-129580</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22547</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-129580</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-129580</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2869</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-ел бесігі" жобасы шеңберінде ауылдық елді мекендерде әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-мың теңге</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...93 lines deleted...]
-Бағдарлама</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-мың теңге</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...93 lines deleted...]
-Кіші сыныбы</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--1000,2</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4)Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--1000,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1500,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1500,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11566,887 +12677,1700 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3463" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...93 lines deleted...]
-Кіші сыныбы</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="3463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12751,260 +14675,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Летовочный ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="34"/>
+          <w:bookmarkStart w:name="z49" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13033,115 +14959,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13164,2484 +15104,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66056</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2796</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2796</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7786</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 401</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5796</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланған үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55295</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15675,157 +17818,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15854,115 +18004,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15985,2830 +18149,3075 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66056</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32553</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32553</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32553</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10372</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20162</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2969</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2969</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2969</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18842,157 +21251,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19021,115 +21437,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19152,187 +21582,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19366,177 +21810,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="35"/>
+          <w:bookmarkStart w:name="z50" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19565,115 +22012,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19696,183 +22157,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19906,177 +22388,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="36"/>
+          <w:bookmarkStart w:name="z51" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20105,115 +22590,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20236,883 +22735,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру(профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21146,157 +23736,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21325,115 +23922,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21456,364 +24067,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21847,157 +24486,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22026,115 +24672,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22157,541 +24817,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23026,260 +25728,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="37"/>
+    <w:bookmarkStart w:name="z57" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Летовочный ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="38"/>
+          <w:bookmarkStart w:name="z58" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23308,115 +26012,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23439,2484 +26157,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2894</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2894</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8059</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 415</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5999</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1528</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 185</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланған үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 185</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25950,157 +28871,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26129,115 +29057,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26260,2830 +29202,3075 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67662</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32977</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10745</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10745</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7075</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3670</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20867</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20867</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20867</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29117,157 +32304,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29296,115 +32490,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29427,187 +32635,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29641,177 +32863,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="39"/>
+          <w:bookmarkStart w:name="z59" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29840,115 +33065,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29971,183 +33210,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30181,177 +33441,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="40"/>
+          <w:bookmarkStart w:name="z60" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30380,115 +33643,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30511,883 +33788,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31421,157 +34789,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31600,115 +34975,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31731,364 +35120,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32122,157 +35539,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32301,115 +35725,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32432,541 +35870,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33301,240 +36781,264 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="41"/>
+    <w:bookmarkStart w:name="z66" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 372/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1348"/>
+        <w:gridCol w:w="1831"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="3037"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3037" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33563,115 +37067,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33694,898 +37212,968 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3037" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34614,115 +38202,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34745,714 +38347,1350 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1000,2</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1000,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35888,31 +40126,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>