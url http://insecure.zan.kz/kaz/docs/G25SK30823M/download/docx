--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c4620aa" w14:textId="c4620aa">
+    <w:p w14:paraId="826af1d" w14:textId="826af1d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,599 +232,638 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Тайынша ауданы Краснополян ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 220844 мың теңге:</w:t>
+      1) кірістер – 221787 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 20977 мың теңге;</w:t>
+      салықтық түсімдер – 23221 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 454 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 25 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 199413 мың теңге;</w:t>
+      трансферттер түсімі – 198541 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 225975 мың теңге;</w:t>
+      2) шығындар – 226918 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       каржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -5131 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -5131 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 5131 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       карыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 5131 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 373/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тайынша ауданы Краснополян ауылдық округі бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылатыны белгіленсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Кранополян ауылдық округінің бюджетінде Краснополян ауылдық округінің бюджетіне республикалық бюджеттен 89 мың теңге сомасында ағымдағы нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Кранополян ауылдық округінің бюджетінде Краснополян ауылдық округінің бюджетіне облыстық бюджеттен 155582 мың теңге сомасында ағымдағы нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Краснополян ауылдық округінің бюджетінде аудандық бюджеттен Краснополян ауылдық округінің бюджетіне 4638 мың теңге ағымдағы нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған Краснополян ауылдық округінің бюджетіне аудандық бюджеттен берілетін бюджеттік субвенция 39104 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 2025 жылға арналған Краснополян ауылдық округінің бюджетінде қаржы жылының басында жинақталған бюджет қаражатының бос қалдықтарынан шығыстар осы шешімнің 4-қосымшасына сәйкес ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 260/20 "Солтүстік Қазақстан облысы Тайынша ауданы Краснополян ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -842,51 +881,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1237,260 +1276,280 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Краснополян ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 373/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1671"/>
+        <w:gridCol w:w="1671"/>
+        <w:gridCol w:w="4740"/>
+        <w:gridCol w:w="2988"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="30"/>
+          <w:bookmarkStart w:name="z40" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1519,115 +1578,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1650,3199 +1723,3451 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-220844</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+221787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-20977</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-12747</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-12747</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-8206</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7594</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-798</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6365</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-904</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсе тінтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-454</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-454</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-454</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-199413</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-199413</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-199413</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4871,115 +5196,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5002,4246 +5341,4603 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-225975</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+226918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-41710</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-41710</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-27826</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29526</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-13531</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16730</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10468</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10513</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10468</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10513</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5337</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5131</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5176</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-17331</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-17331</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-17331</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-155582</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-155582</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-155582</w:t>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланыл маған (толық пайдаланыл маған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9275,157 +9971,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9454,115 +10157,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9585,364 +10302,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9976,177 +10721,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="31"/>
+          <w:bookmarkStart w:name="z41" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10175,115 +10923,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10306,183 +11068,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10516,177 +11299,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="32"/>
+          <w:bookmarkStart w:name="z42" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10715,115 +11501,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10846,1060 +11646,1165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11933,157 +12838,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12112,115 +13024,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12243,364 +13169,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12634,157 +13588,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12813,115 +13774,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12944,541 +13919,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13813,260 +14830,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Краснополян ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="34"/>
+          <w:bookmarkStart w:name="z49" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14095,115 +15114,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14226,3015 +15259,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11921</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 936</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсе тінтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17268,153 +18546,167 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17443,115 +18735,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17574,3361 +18880,3648 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5676</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланыл маған (толық пайдаланыл маған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20962,157 +22555,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21141,115 +22741,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21272,364 +22886,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21663,177 +23305,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="35"/>
+          <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21862,115 +23507,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21993,183 +23652,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22203,177 +23883,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z51" w:id="36"/>
+          <w:bookmarkStart w:name="z51" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22402,115 +24085,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22533,1060 +24230,1165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23620,157 +25422,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23799,115 +25608,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23930,364 +25753,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24321,157 +26172,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24500,115 +26358,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24631,541 +26503,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25500,260 +27414,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="37"/>
+    <w:bookmarkStart w:name="z57" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Краснополян ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="38"/>
+          <w:bookmarkStart w:name="z58" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25782,115 +27698,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25913,3015 +27843,3260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 968</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсе тінтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40673</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40673</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28955,153 +31130,167 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29130,115 +31319,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29261,3361 +31464,3648 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11592</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11592</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5875</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланыл маған (толық пайдаланыл маған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32649,157 +35139,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32828,115 +35325,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32959,364 +35470,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33350,177 +35889,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="39"/>
+          <w:bookmarkStart w:name="z59" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33549,115 +36091,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33680,183 +36236,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33890,177 +36467,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="40"/>
+          <w:bookmarkStart w:name="z60" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34089,115 +36669,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34220,1060 +36814,1165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35307,157 +38006,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35486,115 +38192,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35617,364 +38337,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36008,157 +38756,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36187,115 +38942,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36318,541 +39087,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37187,260 +39998,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="41"/>
+    <w:bookmarkStart w:name="z66" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1563"/>
+        <w:gridCol w:w="2123"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="3809"/>
+        <w:gridCol w:w="2681"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="42"/>
+          <w:bookmarkStart w:name="z67" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37469,115 +40282,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37600,714 +40427,777 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38341,157 +41231,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38520,115 +41417,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38651,1245 +41562,1350 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3809" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланыл маған (толық пайдаланыл маған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40325,31 +43341,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>