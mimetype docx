--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="826af1d" w14:textId="826af1d">
+    <w:p w14:paraId="f827911" w14:textId="f827911">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -808,62 +808,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -881,51 +882,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1325,231 +1326,229 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 373/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2988"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1578,129 +1577,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1723,3260 +1708,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 221787</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23221</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15603</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7594</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6365</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсе тінтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 198541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 198541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5010,164 +4750,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5196,129 +4929,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5341,4603 +5060,4246 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 226918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29526</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16730</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 353</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10513</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10513</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5337</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5176</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 057</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланыл маған (толық пайдаланыл маған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9971,164 +9333,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10157,129 +9512,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10302,392 +9643,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10721,180 +10034,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10923,129 +10233,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11068,204 +10364,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11299,180 +10574,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11501,129 +10773,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11646,1165 +10904,1060 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12838,164 +11991,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13024,129 +12170,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13169,392 +12301,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13588,164 +12692,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13774,129 +12871,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13919,583 +13002,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1671" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4740" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14861,231 +13902,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Краснополян ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15114,129 +14153,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15259,3260 +14284,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11921</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3402</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8494</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 936</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсе тінтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18546,167 +17326,153 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18735,129 +17501,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18880,3648 +17632,3361 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26443</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5676</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланыл маған (толық пайдаланыл маған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22555,164 +21020,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22741,129 +21199,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22886,392 +21330,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23305,180 +21721,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23507,129 +21920,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23652,204 +22051,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23883,180 +22261,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z51" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24085,129 +22460,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24230,1165 +22591,1060 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25422,164 +23678,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25608,129 +23857,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25753,392 +23988,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26172,164 +24379,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26358,129 +24558,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26503,583 +24689,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27445,231 +25589,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Краснополян ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27698,129 +25840,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27843,3260 +25971,3015 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 968</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсе тінтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40673</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40673</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31130,167 +29013,153 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31319,129 +29188,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31464,3648 +29319,3361 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11592</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11592</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5875</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 945</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланыл маған (толық пайдаланыл маған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35139,164 +32707,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35325,129 +32886,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35470,392 +33017,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35889,180 +33408,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36091,129 +33607,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36236,204 +33738,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36467,180 +33948,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z60" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36669,129 +34147,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36814,1165 +34278,1060 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38006,164 +35365,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38192,129 +35544,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38337,392 +35675,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38756,164 +36066,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38942,129 +36245,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39087,583 +36376,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40029,231 +37276,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1563"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2681"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -40282,129 +37527,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -40427,777 +37658,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -41231,164 +38399,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -41417,129 +38578,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -41562,1350 +38709,1245 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5131</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2124" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1563" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3809" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланыл маған (толық пайдаланыл маған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>